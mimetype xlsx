--- v0 (2025-10-12)
+++ v1 (2026-01-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff9bd5517d24b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f1e94042a34616" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ab5b0f0d4e64453"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e0699be73bd4173"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R418db0e901af44e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ab5b0f0d4e64453" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf874f0e0b18a4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e0699be73bd4173" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lyxor MSCI Future Mobility ESG Filtered (DR) UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2023679090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>20,243</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,391</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>19,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>