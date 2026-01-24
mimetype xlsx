--- v1 (2026-01-04)
+++ v2 (2026-01-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f1e94042a34616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a9ec7e2ccf48cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e0699be73bd4173"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc618e3e305a43c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf874f0e0b18a4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e0699be73bd4173" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb72d0663464193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc618e3e305a43c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lyxor MSCI Future Mobility ESG Filtered (DR) UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2023679090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>21,150</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>21,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>20,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,068</x:t>
-[...323 lines deleted...]
-          <x:t>20,671</x:t>
+          <x:t>20,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>