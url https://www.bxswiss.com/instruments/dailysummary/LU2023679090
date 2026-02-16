--- v2 (2026-01-24)
+++ v3 (2026-02-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a9ec7e2ccf48cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re78d8ece7c96430f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc618e3e305a43c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c869e6c6d0f4e5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb72d0663464193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc618e3e305a43c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb83a676daa24303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c869e6c6d0f4e5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lyxor MSCI Future Mobility ESG Filtered (DR) UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2023679090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>