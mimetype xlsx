--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re78d8ece7c96430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e199942de6b496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c869e6c6d0f4e5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3307acb91f24436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb83a676daa24303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c869e6c6d0f4e5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab61ed5e1214e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3307acb91f24436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lyxor MSCI Future Mobility ESG Filtered (DR) UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2023679090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>21,512</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,342</x:t>
-[...60 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>20,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,764</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>26.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,957</x:t>
-[...21 lines deleted...]
-          <x:t>20,867</x:t>
+          <x:t>20,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,906</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,024</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,740</x:t>
-[...350 lines deleted...]
-          <x:t>20,579</x:t>
+          <x:t>20,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>