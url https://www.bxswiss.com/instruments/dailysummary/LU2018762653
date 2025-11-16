--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e337cd52a944c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R555a62ec794b46f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R852af18d80124ee4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63b2d7c06841400b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71c5a86c26c1487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R852af18d80124ee4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12cb4fecbda34f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63b2d7c06841400b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Curve steepening 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2018762653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>78,443</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,856</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>79,012</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>