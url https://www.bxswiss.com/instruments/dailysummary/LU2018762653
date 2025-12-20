--- v1 (2025-11-16)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R555a62ec794b46f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85c1b5407f7d4aa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63b2d7c06841400b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc817eec99698446d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12cb4fecbda34f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63b2d7c06841400b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeaca433b08d4cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc817eec99698446d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Curve steepening 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2018762653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>78,494</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,596</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>79,308</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>78,457</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>