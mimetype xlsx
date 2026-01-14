--- v2 (2025-12-20)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85c1b5407f7d4aa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5733258308f147e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc817eec99698446d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda031a94d92d4c87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeaca433b08d4cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc817eec99698446d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb894ea94ec84af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda031a94d92d4c87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Curve steepening 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2018762653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>79,777</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,418</x:t>
-[...291 lines deleted...]
-          <x:t>78,970</x:t>
+          <x:t>79,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,313</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>79,278</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>