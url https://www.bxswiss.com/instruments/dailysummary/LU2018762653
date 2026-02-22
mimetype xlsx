--- v3 (2026-01-14)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5733258308f147e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275eaf1fb46048b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda031a94d92d4c87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb36a36d5e7d5455c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb894ea94ec84af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda031a94d92d4c87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cf714ff210f4db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb36a36d5e7d5455c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Curve steepening 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2018762653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>79,842</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>