--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275eaf1fb46048b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra54fbdf965ec43d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb36a36d5e7d5455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R388894f4359e4342"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cf714ff210f4db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb36a36d5e7d5455c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1626711bcf684ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R388894f4359e4342" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Curve steepening 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2018762653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>77,428</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,334</x:t>
-[...43 lines deleted...]
-          <x:t>76,633</x:t>
+          <x:t>77,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,557</x:t>
-[...377 lines deleted...]
-          <x:t>76,534</x:t>
+          <x:t>77,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,749</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>77,061</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>