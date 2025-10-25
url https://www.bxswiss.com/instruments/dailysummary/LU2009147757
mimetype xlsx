--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R283cec30ea5e4c20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd140ec123eac48f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1dac5dfb53945ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79600aed0b3f40eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d56b63504344d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1dac5dfb53945ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8654838f975406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79600aed0b3f40eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2009147757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>11,540</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,532</x:t>
-[...53 lines deleted...]
-          <x:t>11,617</x:t>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,628</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>11,592</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,577</x:t>
-[...70 lines deleted...]
-          <x:t>11,650</x:t>
+          <x:t>11,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,632</x:t>
-[...65 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>11,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,772</x:t>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,747</x:t>
+          <x:t>11,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>