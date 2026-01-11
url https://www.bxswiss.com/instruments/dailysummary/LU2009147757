--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd140ec123eac48f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b8720300d8740d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79600aed0b3f40eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1137b5d446d1479a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8654838f975406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79600aed0b3f40eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfecc72aab5d425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1137b5d446d1479a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2009147757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,951</x:t>
-[...279 lines deleted...]
-          <x:t>11,869</x:t>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>