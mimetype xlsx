--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b8720300d8740d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1787593f75b47b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1137b5d446d1479a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2c1c6cb4bc141b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfecc72aab5d425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1137b5d446d1479a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3818c01ea5b4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2c1c6cb4bc141b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2009147757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>12,013</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,955</x:t>
-[...65 lines deleted...]
-          <x:t>11,860</x:t>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>11,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,824</x:t>
-[...43 lines deleted...]
-          <x:t>11,885</x:t>
+          <x:t>11,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,757</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>12,239</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>