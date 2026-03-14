--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1787593f75b47b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d9240ede15412e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2c1c6cb4bc141b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cceadc7133545f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3818c01ea5b4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2c1c6cb4bc141b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b97f95a9624c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cceadc7133545f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2009147757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>11,760</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,745</x:t>
-[...60 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,854</x:t>
-[...124 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>11,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,608</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>11,699</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,663</x:t>
-[...26 lines deleted...]
-          <x:t>11,693</x:t>
+          <x:t>11,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>