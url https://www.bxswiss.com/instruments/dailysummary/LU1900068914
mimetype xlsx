--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29dbcfc5d99c4c9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e46eb681724b1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80fea3a59b1a477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028ee19ab4e34b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb564e145900d410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80fea3a59b1a477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re18f5a8c68a34adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028ee19ab4e34b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China ESG Leaders Extra UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>105,051</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>