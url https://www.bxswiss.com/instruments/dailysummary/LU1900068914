--- v1 (2025-11-26)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e46eb681724b1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14205ed0540c43df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028ee19ab4e34b78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R885354f849544d69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re18f5a8c68a34adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028ee19ab4e34b78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23d7b3db852449c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R885354f849544d69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China ESG Leaders Extra UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>106,042</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>