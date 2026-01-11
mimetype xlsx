--- v2 (2026-01-08)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14205ed0540c43df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b42ec3910145c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R885354f849544d69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R369db1c724b44ea4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23d7b3db852449c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R885354f849544d69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025d2651ee064d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R369db1c724b44ea4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China ESG Leaders Extra UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +548,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>