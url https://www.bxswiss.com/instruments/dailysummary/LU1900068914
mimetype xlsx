--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b42ec3910145c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326f45967829463f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R369db1c724b44ea4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d592231b56f4669"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025d2651ee064d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R369db1c724b44ea4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra01c974edec4406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d592231b56f4669" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China ESG Leaders Extra UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>105,154</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>