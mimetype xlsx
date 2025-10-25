--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7483864d775a4858" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c1be68e13742bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree22b09091ea48b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf83790bc9fa84610"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf72933a449134c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree22b09091ea48b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8024ab57fb04b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf83790bc9fa84610" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI AC Asia Pacific Ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>