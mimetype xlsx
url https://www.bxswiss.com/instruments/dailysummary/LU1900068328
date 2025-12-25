--- v1 (2025-10-25)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c1be68e13742bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05921a42f36c4bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf83790bc9fa84610"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c645c09ad74013"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8024ab57fb04b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf83790bc9fa84610" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3786258d8bed418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c645c09ad74013" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI AC Asia Pacific Ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>71,850</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,866</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>74,536</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>