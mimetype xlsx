--- v2 (2025-12-25)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05921a42f36c4bc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3faaa7d647344ea1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c645c09ad74013"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R204439f1b6df41bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3786258d8bed418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c645c09ad74013" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7842f966ad4bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R204439f1b6df41bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI AC Asia Pacific Ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,041</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>73,254</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,628</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>73,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>