--- v3 (2026-01-14)
+++ v4 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3faaa7d647344ea1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c8e5e960222435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R204439f1b6df41bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36b066cadfcc45c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7842f966ad4bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R204439f1b6df41bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5155aba1e36409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36b066cadfcc45c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI AC Asia Pacific Ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>78,519</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>