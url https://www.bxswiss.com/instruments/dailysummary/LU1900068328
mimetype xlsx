--- v4 (2026-02-24)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c8e5e960222435a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1f2d468ae5f40ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36b066cadfcc45c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72fb1a65e55d4d23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5155aba1e36409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36b066cadfcc45c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7515837ecb864b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72fb1a65e55d4d23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI AC Asia Pacific Ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>