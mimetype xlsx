--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R241b4bf7fee74a76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590395a557234c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2efaf37a63134e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdafc7fe2676451c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ac5fa0bf7534c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2efaf37a63134e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2bad0aedf21401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdafc7fe2676451c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China ESG Leaders Extra UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>