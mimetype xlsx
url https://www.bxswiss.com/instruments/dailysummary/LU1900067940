--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590395a557234c20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfc41a0ddb8241f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdafc7fe2676451c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ad0b6866244905"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2bad0aedf21401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdafc7fe2676451c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09def355e07e464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ad0b6866244905" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China ESG Leaders Extra UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>25,240</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>