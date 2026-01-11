--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfc41a0ddb8241f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65a10b99e1fa404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ad0b6866244905"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ecbb49c3d54199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09def355e07e464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ad0b6866244905" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ae9ebe284d14c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ecbb49c3d54199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China ESG Leaders Extra UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>