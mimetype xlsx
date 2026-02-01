--- v3 (2026-01-11)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65a10b99e1fa404c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82b35dbc7c6411b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ecbb49c3d54199"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4be68f7eade469e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ae9ebe284d14c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ecbb49c3d54199" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75438dfc3b2e4d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4be68f7eade469e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China ESG Leaders Extra UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,107</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>