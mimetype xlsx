--- v4 (2026-02-01)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82b35dbc7c6411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52bc099ffd9e4395" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4be68f7eade469e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbd788e6410f477f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75438dfc3b2e4d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4be68f7eade469e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c8b38a0a4f4400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbd788e6410f477f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China ESG Leaders Extra UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,131 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>23,905</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,784</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>