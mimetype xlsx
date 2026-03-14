--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52bc099ffd9e4395" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27c6c291d9e14342" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbd788e6410f477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f3948e923af41b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c8b38a0a4f4400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbd788e6410f477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a76f6447e804524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f3948e923af41b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China ESG Leaders Extra UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>23,303</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,032</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>22,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,726</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>