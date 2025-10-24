--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R390a7ff11ae74eee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aca6e1b0f1f451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5e43f2a27b54a14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd5e062f650844fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7613249bf3924a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5e43f2a27b54a14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d7c0f766f0e453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd5e062f650844fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Turkey UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>39,467</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,988</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>42,978</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>