--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aca6e1b0f1f451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39824d83a85142fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd5e062f650844fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8459fd818aad4101"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d7c0f766f0e453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd5e062f650844fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R638aa8a8f29443ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8459fd818aad4101" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Turkey UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>