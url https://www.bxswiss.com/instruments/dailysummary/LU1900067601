--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39824d83a85142fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91923cf3fded4606" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8459fd818aad4101"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a6ec038dca84f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R638aa8a8f29443ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8459fd818aad4101" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8c092f6b3a14114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a6ec038dca84f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Turkey UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>38,842</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...117 lines deleted...]
-          <x:t>40,303</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,597</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>38,428</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>