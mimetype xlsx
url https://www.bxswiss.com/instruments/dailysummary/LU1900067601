--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91923cf3fded4606" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f9c1b2a62a0433a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a6ec038dca84f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re24a444b1553486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8c092f6b3a14114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a6ec038dca84f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241159ac7fc549aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re24a444b1553486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Turkey UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>39,747</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,972</x:t>
-[...463 lines deleted...]
-          <x:t>41,261</x:t>
+          <x:t>40,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>