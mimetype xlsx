--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f9c1b2a62a0433a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ad9352dd0be4f1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re24a444b1553486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5c17036127246f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241159ac7fc549aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re24a444b1553486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb75be5bd4a5947bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5c17036127246f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Turkey UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>44,941</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>