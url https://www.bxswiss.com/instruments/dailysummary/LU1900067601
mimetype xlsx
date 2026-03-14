--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ad9352dd0be4f1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19ee074b8c5246ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5c17036127246f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98b508abbf604be7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb75be5bd4a5947bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5c17036127246f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raabbb9211ef14958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98b508abbf604be7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Turkey UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>