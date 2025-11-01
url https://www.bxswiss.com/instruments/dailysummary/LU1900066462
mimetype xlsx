--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6e66980d9cf4f83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c845e7bc494f06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1532ea5459444604"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c331a9e6ac84049"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47d1e4caf98b4ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1532ea5459444604" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0f17c5d63fa4d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c331a9e6ac84049" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Eastern Europe Ex Russia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>30,346</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,183</x:t>
-[...512 lines deleted...]
-          <x:t>30,421</x:t>
+          <x:t>30,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,543</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>30,756</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>