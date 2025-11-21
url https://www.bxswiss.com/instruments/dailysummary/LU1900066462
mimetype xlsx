--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c845e7bc494f06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdabb28e5e10a4e83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c331a9e6ac84049"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree2dbe1dcdbf48ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0f17c5d63fa4d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c331a9e6ac84049" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf68d2e6beb8a4c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree2dbe1dcdbf48ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Eastern Europe Ex Russia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>