--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdabb28e5e10a4e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80c999b1287140cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree2dbe1dcdbf48ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e65cbb6c3194d79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf68d2e6beb8a4c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree2dbe1dcdbf48ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R953084540b2c4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e65cbb6c3194d79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Eastern Europe Ex Russia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...203 lines deleted...]
-          <x:t>32,112</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,414</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>32,064</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>