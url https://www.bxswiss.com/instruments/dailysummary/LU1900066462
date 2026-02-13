--- v3 (2026-01-01)
+++ v4 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80c999b1287140cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c6b92762624920" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e65cbb6c3194d79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f20b7d9f6a84520"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R953084540b2c4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e65cbb6c3194d79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d7a045656f64f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f20b7d9f6a84520" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Eastern Europe Ex Russia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>34,224</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>