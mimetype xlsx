--- v4 (2026-02-13)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c6b92762624920" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377d479db5dd4cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f20b7d9f6a84520"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39009137d1049fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d7a045656f64f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f20b7d9f6a84520" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R960354d2a6a54a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39009137d1049fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Eastern Europe Ex Russia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...640 lines deleted...]
-          <x:t>36,334</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>