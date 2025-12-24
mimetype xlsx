--- v0 (2025-10-22)
+++ v1 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a326183b5542ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4439b1a9da024d61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e99e88d8fcb446c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd817bb6ace7426e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fc995dfabe14b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e99e88d8fcb446c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb20aea68214f4296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd817bb6ace7426e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Brazil UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>18,513</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>