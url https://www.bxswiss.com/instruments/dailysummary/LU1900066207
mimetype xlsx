--- v1 (2025-12-24)
+++ v2 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4439b1a9da024d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc203e556b44358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd817bb6ace7426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67e0965bbc614436"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb20aea68214f4296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd817bb6ace7426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47a2565b52564654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67e0965bbc614436" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Brazil UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>20,893</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,817</x:t>
-[...33 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>20,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,897</x:t>
-[...441 lines deleted...]
-          <x:t>19,918</x:t>
+          <x:t>20,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>