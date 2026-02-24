--- v2 (2026-01-14)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc203e556b44358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e5edeb5dd34703" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67e0965bbc614436"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c0cb1c588c43b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47a2565b52564654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67e0965bbc614436" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red6334386f33472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c0cb1c588c43b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Brazil UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>20,907</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>