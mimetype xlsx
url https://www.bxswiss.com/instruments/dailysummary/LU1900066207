--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e5edeb5dd34703" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72699a96146d461b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c0cb1c588c43b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2c3eab527144ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red6334386f33472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c0cb1c588c43b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03194694dcca4ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2c3eab527144ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Brazil UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,229</x:t>
-[...549 lines deleted...]
-          <x:t>24,205</x:t>
+          <x:t>22,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>