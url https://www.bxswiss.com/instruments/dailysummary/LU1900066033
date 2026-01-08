--- v0 (2025-10-16)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbabb459c93ff47bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38462031341944f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e0a77f5a1704975"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f31b32699a74715"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref3b6d9248434425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e0a77f5a1704975" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6de20eb69e594d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f31b32699a74715" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Semiconductors ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>63,238</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>