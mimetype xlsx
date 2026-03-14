--- v1 (2026-01-08)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38462031341944f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8256bb0de6fc4ab7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f31b32699a74715"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d84c1c1e96b40eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6de20eb69e594d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f31b32699a74715" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b04e8091ab64bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d84c1c1e96b40eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Semiconductors ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>68,318</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>