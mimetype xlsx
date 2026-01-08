--- v0 (2025-10-04)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd45f37727f84bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb456b1bd4fdf449f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf388e2f2cf34387"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bff4bece7ed497c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bf88540a3b64d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf388e2f2cf34387" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca3afe29a45a4a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bff4bece7ed497c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Sustainable Development Bank Bonds UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1852211561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,418</x:t>
-[...75 lines deleted...]
-          <x:t>9,523</x:t>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,443</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...342 lines deleted...]
-          <x:t>9,483</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,449</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>9,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>