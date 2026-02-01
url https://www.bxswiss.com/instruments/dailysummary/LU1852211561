--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb456b1bd4fdf449f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R947a0348443f4a8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bff4bece7ed497c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88899417554d40a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca3afe29a45a4a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bff4bece7ed497c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ed9f84224df498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88899417554d40a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Sustainable Development Bank Bonds UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1852211561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>9,455</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,424</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,436</x:t>
-        </x:is>
-[...445 lines deleted...]
-          <x:t>9,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>