--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R947a0348443f4a8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e2495543a954804" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88899417554d40a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f18cc421db64f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ed9f84224df498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88899417554d40a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eaf66e367534c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f18cc421db64f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Sustainable Development Bank Bonds UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1852211561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,436</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,512</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,419</x:t>
-[...517 lines deleted...]
-          <x:t>9,436</x:t>
+          <x:t>9,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>