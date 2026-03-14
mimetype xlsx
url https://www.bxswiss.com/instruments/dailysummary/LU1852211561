--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e2495543a954804" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0355918a3b4d1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f18cc421db64f37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07f793e87244288"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eaf66e367534c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f18cc421db64f37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88572e5d3cba4986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07f793e87244288" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Sustainable Development Bank Bonds UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1852211561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>9,396</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>9,364</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,414</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,423</x:t>
-[...458 lines deleted...]
-          <x:t>9,479</x:t>
+          <x:t>9,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>