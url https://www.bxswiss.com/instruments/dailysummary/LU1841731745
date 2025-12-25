--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc79948ad9cc64eb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5940654fe8734afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R936dba6030f94332"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8cccff363524da5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab651578ccbd4427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R936dba6030f94332" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f80d9e7261e466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8cccff363524da5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1841731745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,903</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,815</x:t>
-[...144 lines deleted...]
-          <x:t>19,316</x:t>
+          <x:t>18,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>