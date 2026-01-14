--- v1 (2025-12-25)
+++ v2 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5940654fe8734afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R390198707f4546c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8cccff363524da5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ed3edea119044ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f80d9e7261e466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8cccff363524da5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5ede80af644c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ed3edea119044ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1841731745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>