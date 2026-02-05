--- v2 (2026-01-14)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R390198707f4546c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ce8ee868d9c4181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ed3edea119044ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb094bc8627654219"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5ede80af644c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ed3edea119044ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2cc1ef9370a4a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb094bc8627654219" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1841731745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>17,999</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,052</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>19,451</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>