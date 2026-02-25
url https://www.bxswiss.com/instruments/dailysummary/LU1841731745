--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ce8ee868d9c4181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R425bb093da604268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb094bc8627654219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab314a69e9b413a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2cc1ef9370a4a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb094bc8627654219" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf77665d8b39f43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab314a69e9b413a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1841731745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,484</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>