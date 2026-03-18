--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R425bb093da604268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1885053b0434ca0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab314a69e9b413a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dcdb84378124399"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf77665d8b39f43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab314a69e9b413a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R980d7682b7a04a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dcdb84378124399" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1841731745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>18,403</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,376</x:t>
-[...75 lines deleted...]
-          <x:t>17,806</x:t>
+          <x:t>18,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,944</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...317 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>