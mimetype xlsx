--- v0 (2025-10-12)
+++ v1 (2026-01-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R415c02c913b34dee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d986d3b8964165" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcc566a4f7e8459a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e9768ba66594fa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re48941182ff74d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcc566a4f7e8459a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d79dca7eda4507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e9768ba66594fa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Energy ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834988278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>69,080</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>