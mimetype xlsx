--- v1 (2026-01-03)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d986d3b8964165" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96f5ef24c29b45eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e9768ba66594fa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b7d4718369e430c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d79dca7eda4507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e9768ba66594fa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc71260cffd2d4ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b7d4718369e430c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Energy ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834988278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>74,270</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>