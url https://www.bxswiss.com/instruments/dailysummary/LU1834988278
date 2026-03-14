--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96f5ef24c29b45eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb752a50ee1a48fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b7d4718369e430c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ca9dbc00244c7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc71260cffd2d4ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b7d4718369e430c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbd8bb009ae142eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ca9dbc00244c7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Energy ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834988278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>