--- v0 (2025-10-30)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3209ac7959040ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0129937b47744d92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d323128dae4b08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4ddaba3b9e94cac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R003f6661e9b146dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d323128dae4b08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41143aeb2f814272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4ddaba3b9e94cac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Healthcare UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834986900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,773</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>