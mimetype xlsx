--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0129937b47744d92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R217532cfb2804a35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4ddaba3b9e94cac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4472e007d0a0489d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41143aeb2f814272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4ddaba3b9e94cac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c88e9d9b95d4c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4472e007d0a0489d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Healthcare UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834986900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>144,224</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>