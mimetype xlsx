--- v2 (2026-02-22)
+++ v3 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R217532cfb2804a35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfeec73f467243a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4472e007d0a0489d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e0f53d300741f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c88e9d9b95d4c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4472e007d0a0489d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae337a929e2e4480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e0f53d300741f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Healthcare UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834986900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>148,043</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>