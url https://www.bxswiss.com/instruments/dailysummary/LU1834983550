--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf4197015234fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4951ea9299164801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad9081c0ef7b4bda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re84955067b324b8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa81bea5afd44b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad9081c0ef7b4bda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a8a24aee0ea49b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re84955067b324b8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Basic Resources UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>