--- v1 (2025-10-24)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4951ea9299164801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red84e37bcb554538" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re84955067b324b8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37b2664200a14cbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a8a24aee0ea49b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re84955067b324b8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0680041077043d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37b2664200a14cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Basic Resources UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>88,289</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,143</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>89,851</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>