--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red84e37bcb554538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e26d9bdd7bd442f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37b2664200a14cbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5432e3e764a4fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0680041077043d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37b2664200a14cbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0190d88720104589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5432e3e764a4fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Basic Resources UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>