--- v3 (2026-01-15)
+++ v4 (2026-02-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e26d9bdd7bd442f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb8e052001c748d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5432e3e764a4fa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cc6e88ecb4d49c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0190d88720104589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5432e3e764a4fa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb6af90b26064262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cc6e88ecb4d49c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Basic Resources UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>