--- v4 (2026-02-04)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb8e052001c748d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc4a9b238f14f52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cc6e88ecb4d49c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc29333efeec6463b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb6af90b26064262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cc6e88ecb4d49c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39302c30f8f64ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc29333efeec6463b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Basic Resources UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>