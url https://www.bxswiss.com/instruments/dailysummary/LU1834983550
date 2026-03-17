--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc4a9b238f14f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56242f404b794d38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc29333efeec6463b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b5a8d18dfc94b2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39302c30f8f64ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc29333efeec6463b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d1cd08e58934838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b5a8d18dfc94b2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Basic Resources UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>