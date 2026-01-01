--- v0 (2025-10-10)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b4efb56a06c41de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R816b24c3d6a34428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c4850394ba94b60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd9e4d67593a4c4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10820d36e8ed42e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c4850394ba94b60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74dd98b99f4e4273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd9e4d67593a4c4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>48,139</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>