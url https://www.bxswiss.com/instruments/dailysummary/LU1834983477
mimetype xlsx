--- v1 (2026-01-01)
+++ v2 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R816b24c3d6a34428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b34c5ca1dc4683" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd9e4d67593a4c4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07f0888f9f8a4d2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74dd98b99f4e4273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd9e4d67593a4c4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5485d30614264469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07f0888f9f8a4d2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>