--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b34c5ca1dc4683" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b353cbd7124103" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07f0888f9f8a4d2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbbbf04085f34f32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5485d30614264469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07f0888f9f8a4d2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb72f58a5b5cd43d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbbbf04085f34f32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>56,547</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,141</x:t>
-[...274 lines deleted...]
-          <x:t>56,823</x:t>
+          <x:t>57,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>