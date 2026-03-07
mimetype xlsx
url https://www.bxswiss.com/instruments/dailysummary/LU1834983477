--- v3 (2026-02-15)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b353cbd7124103" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca149ee944b54bdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbbbf04085f34f32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbad946256e9c453e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb72f58a5b5cd43d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbbbf04085f34f32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R375853e9ed6a45a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbad946256e9c453e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>57,333</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,179</x:t>
-[...259 lines deleted...]
-          <x:t>58,041</x:t>
+          <x:t>56,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,914</x:t>
-[...328 lines deleted...]
-          <x:t>54,228</x:t>
+          <x:t>57,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>