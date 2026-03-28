--- v4 (2026-03-07)
+++ v5 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca149ee944b54bdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c603bd80d043af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbad946256e9c453e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba500591de2a4963"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R375853e9ed6a45a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbad946256e9c453e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e4c4505d44473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba500591de2a4963" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>