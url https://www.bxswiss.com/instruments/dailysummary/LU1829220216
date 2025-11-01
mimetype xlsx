--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2c07e174624254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21d5d8af84174c9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd17be595a00c4ea8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00295d9ddac1408a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1371dc44c66642a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd17be595a00c4ea8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d9d91a157941b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00295d9ddac1408a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI All Country World UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829220216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>475,460</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>472,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>474,198</x:t>
-[...195 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>479,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>472,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,791</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>482,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,265</x:t>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>482,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>