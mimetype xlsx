--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21d5d8af84174c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8acddc7126984e85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00295d9ddac1408a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb52a6969199427b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d9d91a157941b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00295d9ddac1408a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R928541d964d34a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb52a6969199427b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI All Country World UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829220216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>492,072</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>