--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8acddc7126984e85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R897dc3857f554786" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb52a6969199427b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R239f26dbe1414baf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R928541d964d34a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb52a6969199427b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710b1e69d13f4606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R239f26dbe1414baf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI All Country World UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829220216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>506,911</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>