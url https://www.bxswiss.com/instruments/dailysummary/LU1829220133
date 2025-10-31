--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R665c96748ab041bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0f1b71426842dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4d1c538011648e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb9d42f764e4cf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf1d111b51214c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4d1c538011648e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd23947ed52804ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb9d42f764e4cf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI All Country World UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829220133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>