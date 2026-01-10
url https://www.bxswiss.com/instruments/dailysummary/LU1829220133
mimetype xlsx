--- v1 (2025-10-31)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0f1b71426842dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b9c895116a47f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb9d42f764e4cf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ef3abd979d448e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd23947ed52804ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb9d42f764e4cf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8136128cf66c4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ef3abd979d448e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI All Country World UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829220133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>349,029</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>