--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b9c895116a47f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R812f8682fccc4251" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ef3abd979d448e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ffa65ac0bc04ac2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8136128cf66c4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ef3abd979d448e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb34fb93e8b4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ffa65ac0bc04ac2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI All Country World UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829220133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>358,664</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>