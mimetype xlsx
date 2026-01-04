--- v0 (2025-10-14)
+++ v1 (2026-01-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d8245026a3c42bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92fb9424dd3d4b2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R661109caa02a45d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R462060e6b4ef45c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63d150eebd34084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R661109caa02a45d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7bdbc91928d420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R462060e6b4ef45c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Highest Rated Macro-Weighted Government Bond 3-5Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,317</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>107,187</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>107,273</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,273</x:t>
-[...339 lines deleted...]
-        <x:is>
           <x:t>107,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,378</x:t>
-[...144 lines deleted...]
-          <x:t>107,684</x:t>
+          <x:t>107,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>