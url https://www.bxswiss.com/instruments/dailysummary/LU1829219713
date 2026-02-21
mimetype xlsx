--- v1 (2026-01-04)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92fb9424dd3d4b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc80392003244e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R462060e6b4ef45c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b7076e5a9c94a39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7bdbc91928d420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R462060e6b4ef45c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38acc0824c1f4b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b7076e5a9c94a39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Highest Rated Macro-Weighted Government Bond 3-5Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>107,614</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,424</x:t>
-[...80 lines deleted...]
-          <x:t>107,075</x:t>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,193</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>107,463</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>