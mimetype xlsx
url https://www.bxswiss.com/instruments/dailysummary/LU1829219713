--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc80392003244e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fae6f1246a9470c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b7076e5a9c94a39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb905a42cd6274776"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38acc0824c1f4b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b7076e5a9c94a39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9dc46e0579642a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb905a42cd6274776" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Highest Rated Macro-Weighted Government Bond 3-5Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>