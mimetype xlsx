--- v0 (2025-10-08)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2ae53a07374386" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7f953772bda4050" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34acfcda08454676"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea6c53c338e4678"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96991b284c4146f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34acfcda08454676" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06f397a5b6e747c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea6c53c338e4678" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Highest Rated Macro-Weighted Government Bond 1-3Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>101,038</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,038</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>101,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>