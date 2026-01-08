--- v1 (2025-11-07)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7f953772bda4050" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8abe57a84824137" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea6c53c338e4678"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70fe121951ca43a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06f397a5b6e747c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea6c53c338e4678" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d9c122f6eb54f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70fe121951ca43a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Highest Rated Macro-Weighted Government Bond 1-3Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>101,120</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,056</x:t>
-[...119 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>101,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,414</x:t>
-[...387 lines deleted...]
-          <x:t>101,254</x:t>
+          <x:t>101,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>