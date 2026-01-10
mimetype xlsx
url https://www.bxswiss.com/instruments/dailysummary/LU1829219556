--- v2 (2026-01-08)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8abe57a84824137" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36fb5618d6b4ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70fe121951ca43a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9369b9e98d984dad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d9c122f6eb54f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70fe121951ca43a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4965d878b43c4671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9369b9e98d984dad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Highest Rated Macro-Weighted Government Bond 1-3Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>