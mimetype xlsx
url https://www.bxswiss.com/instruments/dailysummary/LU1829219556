--- v3 (2026-01-10)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36fb5618d6b4ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9fbde04ee6438a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9369b9e98d984dad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93ee6019acd8453b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4965d878b43c4671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9369b9e98d984dad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74c2f8322dd14457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93ee6019acd8453b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Highest Rated Macro-Weighted Government Bond 1-3Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>