--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9fbde04ee6438a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re944490faa7b473e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93ee6019acd8453b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e4217770ef4bc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74c2f8322dd14457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93ee6019acd8453b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3400d3b6424eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e4217770ef4bc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Highest Rated Macro-Weighted Government Bond 1-3Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,430</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>