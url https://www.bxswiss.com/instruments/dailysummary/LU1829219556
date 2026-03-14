--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re944490faa7b473e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dcef1f3281640ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e4217770ef4bc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R251bd78eacaf4040"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3400d3b6424eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e4217770ef4bc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e41e55f5ccb47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R251bd78eacaf4040" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Highest Rated Macro-Weighted Government Bond 1-3Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>101,663</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,620</x:t>
-[...60 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>101,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,598</x:t>
-[...360 lines deleted...]
-          <x:t>101,827</x:t>
+          <x:t>101,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>