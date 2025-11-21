--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914eafcd20c143b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4776ed4102074200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree587f26237d4ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ed0d6535764d1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R509a99182ce94c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree587f26237d4ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf54edee99a734f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ed0d6535764d1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Stoxx Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>267,473</x:t>
-[...522 lines deleted...]
-          <x:t>261,053</x:t>
+          <x:t>259,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>