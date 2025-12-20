--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4776ed4102074200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9322fe5279a3408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ed0d6535764d1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f88ecac9ec4a33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf54edee99a734f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ed0d6535764d1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04153bdde3ae4030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f88ecac9ec4a33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Stoxx Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>