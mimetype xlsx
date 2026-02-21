--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9322fe5279a3408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R151228b4f3964a60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f88ecac9ec4a33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a8e6d4c7ecd4950"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04153bdde3ae4030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f88ecac9ec4a33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45fd780089ca46b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a8e6d4c7ecd4950" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Stoxx Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>298,914</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>