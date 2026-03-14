--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R151228b4f3964a60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792fbf6531a0438c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a8e6d4c7ecd4950"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R518b25c8d52443e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45fd780089ca46b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a8e6d4c7ecd4950" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d1ef33c6d024a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R518b25c8d52443e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Stoxx Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>