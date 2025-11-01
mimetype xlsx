--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf7071af2494594" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e37b3bde1cd4621" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3324757b3c3444ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re064b74f836e41ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R708d4b6823ca46a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3324757b3c3444ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07f35b1109cf4a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re064b74f836e41ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Bloomberg Equal-Weight Commodity Ex-Agriculture UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829218749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>