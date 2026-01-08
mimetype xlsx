--- v1 (2025-11-01)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e37b3bde1cd4621" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674d2cd6b7994096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re064b74f836e41ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf58a6eb9129f42db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07f35b1109cf4a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re064b74f836e41ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c40ab757a5f4aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf58a6eb9129f42db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Bloomberg Equal-Weight Commodity Ex-Agriculture UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829218749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>23,684</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>