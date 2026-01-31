--- v2 (2026-01-08)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674d2cd6b7994096" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fbea5d186be401e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf58a6eb9129f42db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf96a97daa9aa46d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c40ab757a5f4aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf58a6eb9129f42db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e5256d3352f4100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf96a97daa9aa46d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Bloomberg Equal-Weight Commodity Ex-Agriculture UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829218749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +251,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>