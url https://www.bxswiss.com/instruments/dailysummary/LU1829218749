--- v3 (2026-01-31)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fbea5d186be401e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83582007a55f4a54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf96a97daa9aa46d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182a1db132b344f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e5256d3352f4100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf96a97daa9aa46d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fd06e9e46564469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182a1db132b344f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Bloomberg Equal-Weight Commodity Ex-Agriculture UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829218749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>26,043</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,925</x:t>
-[...215 lines deleted...]
-          <x:t>27,717</x:t>
+          <x:t>26,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,817</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>28,561</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>