--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83582007a55f4a54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e23f3b629814b61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182a1db132b344f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30f7ad77187a418a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fd06e9e46564469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182a1db132b344f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69fdbf255294fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30f7ad77187a418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Bloomberg Equal-Weight Commodity Ex-Agriculture UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829218749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>