--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bf20763beca4df7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32cdddd29a5f4701" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff5a98fd25954769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a97c0c5480b4477"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re46a14660e854f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff5a98fd25954769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c58e1ab6619472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a97c0c5480b4477" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi FTSE Epra Europe Real Estate UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1812091194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>30,238</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,094</x:t>
-[...210 lines deleted...]
-          <x:t>29,831</x:t>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,025</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>29,945</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>