--- v1 (2025-11-01)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32cdddd29a5f4701" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa39f3fe58af4ecf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a97c0c5480b4477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5327c6f7db2c4729"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c58e1ab6619472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a97c0c5480b4477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c7afd457d484f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5327c6f7db2c4729" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi FTSE Epra Europe Real Estate UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1812091194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>30,687</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>