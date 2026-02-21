--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa39f3fe58af4ecf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafdff1339fd54a86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5327c6f7db2c4729"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61f642e503d94a10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c7afd457d484f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5327c6f7db2c4729" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1cb1cd462554ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61f642e503d94a10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi FTSE Epra Europe Real Estate UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1812091194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>29,964</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>