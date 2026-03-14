--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafdff1339fd54a86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref58619ddf644ee3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61f642e503d94a10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca699a9d2e5a40ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1cb1cd462554ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61f642e503d94a10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47bd1982c0374677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca699a9d2e5a40ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi FTSE Epra Europe Real Estate UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1812091194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>30,747</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,632</x:t>
-[...512 lines deleted...]
-          <x:t>32,497</x:t>
+          <x:t>30,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>