--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R739ed0c3422d4881" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd427683f5e0477b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ad430411bbd404a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R296bb90022c1408d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra92c5fdb5ac5403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ad430411bbd404a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R862b17a1d7584d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R296bb90022c1408d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI EM Asia ESG Broad Transition UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,807</x:t>
-[...431 lines deleted...]
-          <x:t>12,066</x:t>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,004</x:t>
-[...188 lines deleted...]
-          <x:t>12,250</x:t>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>