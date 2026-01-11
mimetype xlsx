--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd427683f5e0477b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c1be6777b064f49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R296bb90022c1408d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b0b281bf81f49fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R862b17a1d7584d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R296bb90022c1408d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f9e772deb014441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b0b281bf81f49fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI EM Asia ESG Broad Transition UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>11,875</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>12,043</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,037</x:t>
-[...242 lines deleted...]
-          <x:t>12,114</x:t>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,141</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>11,963</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>