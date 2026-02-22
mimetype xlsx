--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c1be6777b064f49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a05304091244469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b0b281bf81f49fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e021efd5fb4a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f9e772deb014441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b0b281bf81f49fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eb7a5e9476a4d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e021efd5fb4a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI EM Asia ESG Broad Transition UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>12,691</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,799</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>12,658</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,658</x:t>
-[...4 lines deleted...]
-          <x:t>12,791</x:t>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>