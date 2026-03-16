--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a05304091244469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a8459e9e194144" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e021efd5fb4a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e2552f05384ff3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eb7a5e9476a4d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e021efd5fb4a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4ce257d5db40e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e2552f05384ff3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI EM Asia ESG Broad Transition UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>12,963</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,847</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>12,970</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,970</x:t>
-[...242 lines deleted...]
-          <x:t>13,492</x:t>
+          <x:t>12,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>