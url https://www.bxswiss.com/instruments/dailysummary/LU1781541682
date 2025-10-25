--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R823ea9b693ef4e93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea9955c85c84bc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1829e51d183493a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R917604bdad294d6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb474d8f969f74e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1829e51d183493a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf992c22e01f74ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R917604bdad294d6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Japan UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541682</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>