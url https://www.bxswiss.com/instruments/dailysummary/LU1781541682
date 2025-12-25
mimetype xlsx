--- v1 (2025-10-25)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea9955c85c84bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf886990649f04d75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R917604bdad294d6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b8d71121394eac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf992c22e01f74ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R917604bdad294d6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71b836a7f8464e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b8d71121394eac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Japan UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541682</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>26,020</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>