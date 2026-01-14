--- v2 (2025-12-25)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf886990649f04d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb9c655828824032" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b8d71121394eac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47c7f3a3f63948d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71b836a7f8464e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b8d71121394eac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3960d189c0e442d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47c7f3a3f63948d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Japan UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541682</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>27,358</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,204</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>27,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,114</x:t>
         </x:is>
       </x:c>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>