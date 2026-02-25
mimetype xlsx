--- v3 (2026-01-14)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb9c655828824032" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9054f3d2bd6942c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47c7f3a3f63948d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20ba715fc7da478f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3960d189c0e442d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47c7f3a3f63948d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67c7eb9c68cf4517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20ba715fc7da478f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Japan UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541682</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>29,307</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,292</x:t>
-[...4 lines deleted...]
-          <x:t>29,455</x:t>
+          <x:t>30,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>