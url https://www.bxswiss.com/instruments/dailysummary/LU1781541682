--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9054f3d2bd6942c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51e206757cba432d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20ba715fc7da478f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84fccad173684576"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67c7eb9c68cf4517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20ba715fc7da478f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96de68a2e5f84347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84fccad173684576" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Japan UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541682</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>29,469</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,147</x:t>
-[...404 lines deleted...]
-          <x:t>30,515</x:t>
+          <x:t>28,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>