--- v0 (2025-10-24)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a5137ca9b754fe3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8349e9fcf6f48d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9943d07f3834e32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf555d9bad2f642d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e55b8026f7447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9943d07f3834e32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37bdc7e073824083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf555d9bad2f642d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core MSCI Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>17,451</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>17,424</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,384</x:t>
-[...274 lines deleted...]
-          <x:t>17,334</x:t>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>