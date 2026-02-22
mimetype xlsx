--- v1 (2026-01-09)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8349e9fcf6f48d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aa52ae3127f4453" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf555d9bad2f642d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2bb61973c54eff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37bdc7e073824083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf555d9bad2f642d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1bca90cd2c4804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2bb61973c54eff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core MSCI Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...414 lines deleted...]
-          <x:t>18,342</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,203</x:t>
-[...53 lines deleted...]
-          <x:t>18,249</x:t>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>