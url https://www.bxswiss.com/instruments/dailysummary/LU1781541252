--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aa52ae3127f4453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd47dfc7beee458d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2bb61973c54eff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1808dec441cd4ad8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1bca90cd2c4804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2bb61973c54eff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5eaab5945594419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1808dec441cd4ad8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core MSCI Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>18,590</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,905</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>05.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,634</x:t>
-[...306 lines deleted...]
-          <x:t>19,481</x:t>
+          <x:t>18,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>