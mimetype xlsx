--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5b13a139d54490c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a302eb16c304341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bdb0647db574bc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d247243dc9148de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31bed581ca64921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bdb0647db574bc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0081e1590a4745b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d247243dc9148de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi UK Equity All Cap (DR) UCITS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>14,056</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,209</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>14,207</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,187</x:t>
-[...544 lines deleted...]
-          <x:t>14,526</x:t>
+          <x:t>14,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>