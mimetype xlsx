--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a302eb16c304341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac691083ee614f34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d247243dc9148de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b5c4fcc4ed4e72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0081e1590a4745b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d247243dc9148de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c1370fa78449df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b5c4fcc4ed4e72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi UK Equity All Cap (DR) UCITS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,671</x:t>
-[...16 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>14,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,542</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>06.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,635</x:t>
-[...387 lines deleted...]
-          <x:t>14,656</x:t>
+          <x:t>14,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>