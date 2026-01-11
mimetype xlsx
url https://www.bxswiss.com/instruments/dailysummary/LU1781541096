--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac691083ee614f34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R896939b21fac4fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b5c4fcc4ed4e72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R554907b9d7b54c2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c1370fa78449df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b5c4fcc4ed4e72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R548bcc19bcb8444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R554907b9d7b54c2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi UK Equity All Cap (DR) UCITS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,449</x:t>
-[...75 lines deleted...]
-          <x:t>14,252</x:t>
+          <x:t>14,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,252</x:t>
-[...11 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,641</x:t>
-[...210 lines deleted...]
-          <x:t>14,933</x:t>
+          <x:t>14,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,863</x:t>
-[...301 lines deleted...]
-          <x:t>14,678</x:t>
+          <x:t>15,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>