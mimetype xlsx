--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R896939b21fac4fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R416c94ac914541ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R554907b9d7b54c2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c8b7ffa63784575"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R548bcc19bcb8444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R554907b9d7b54c2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf21a8451fb4e40ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c8b7ffa63784575" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi UK Equity All Cap (DR) UCITS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>15,006</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,968</x:t>
-[...31 lines deleted...]
-          <x:t>15,207</x:t>
+          <x:t>15,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>