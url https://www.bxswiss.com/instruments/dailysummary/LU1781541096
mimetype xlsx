--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R416c94ac914541ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d46fa18917449be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c8b7ffa63784575"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9089ccd4bb334d1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf21a8451fb4e40ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c8b7ffa63784575" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4aa95bb00a647da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9089ccd4bb334d1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi UK Equity All Cap (DR) UCITS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>15,157</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,129</x:t>
-[...26 lines deleted...]
-          <x:t>15,028</x:t>
+          <x:t>15,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...505 lines deleted...]
-          <x:t>15,628</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>