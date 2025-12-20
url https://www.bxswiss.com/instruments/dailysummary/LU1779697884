--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b644d1f422340de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd78e00d57d94514" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re697cfc9ff8541e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re152adbaf727464d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5585f3572f604b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re697cfc9ff8541e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a33c6ef8ce54d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re152adbaf727464d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity USD D2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1779697884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,513 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...82 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>216,350</x:t>
+          <x:t>212,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>214,950</x:t>
-[...48 lines deleted...]
-          <x:t>212,950</x:t>
+          <x:t>210,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>209,200</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>205,200</x:t>
-[...141 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>205,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,300</x:t>
-        </x:is>
-[...94 lines deleted...]
-          <x:t>205,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>