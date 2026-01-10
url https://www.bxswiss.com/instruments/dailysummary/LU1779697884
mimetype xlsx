--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd78e00d57d94514" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73c514b6b1a7470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re152adbaf727464d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab9edd21d214755"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a33c6ef8ce54d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re152adbaf727464d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69142d5a7a9a427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab9edd21d214755" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity USD D2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1779697884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>201,800</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>201,800</x:t>
-[...242 lines deleted...]
-          <x:t>208,000</x:t>
+          <x:t>207,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>04.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>209,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>211,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>210,100</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>211,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>207,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>