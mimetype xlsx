--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73c514b6b1a7470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R499407ba84a24a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab9edd21d214755"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ed39bf0ed1348cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69142d5a7a9a427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab9edd21d214755" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61ea4c70a4b4a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ed39bf0ed1348cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity USD D2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1779697884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>213,050</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>211,950</x:t>
+          <x:t>215,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,550</x:t>
-[...441 lines deleted...]
-          <x:t>217,950</x:t>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>