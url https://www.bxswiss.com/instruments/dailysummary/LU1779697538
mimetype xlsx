--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be63ae03ab24b7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6558f02ff9324007" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d56c36bf85f443d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R905827549f1c4e3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd19bf1db0fe43b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d56c36bf85f443d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5a106cde8c9485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R905827549f1c4e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity USD D1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1779697538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>206,400</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,300</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>209,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>203,800</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,700</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>210,650</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>212,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>04.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>216,050</x:t>
-[...31 lines deleted...]
-          <x:t>216,350</x:t>
+          <x:t>215,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>218,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>212,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>