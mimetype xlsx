--- v1 (2026-01-11)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6558f02ff9324007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd08461b294524d9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R905827549f1c4e3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d731e1c4ab4d3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5a106cde8c9485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R905827549f1c4e3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra22db44e13b34045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d731e1c4ab4d3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity USD D1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1779697538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>209,500</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>209,500</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>213,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>222,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>