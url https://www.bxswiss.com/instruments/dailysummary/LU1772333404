--- v0 (2025-10-02)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5509305ddc84999" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb9d21384be44932" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ab28046a70648b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9663fbc291074a76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1dc4df252c74b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ab28046a70648b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R307ae11aa28b4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9663fbc291074a76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Europe 600 UCITS ETF 2C - EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1772333404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>128,764</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>