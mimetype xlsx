--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb9d21384be44932" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b7c10df7e9463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9663fbc291074a76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84d81bf16d3247b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R307ae11aa28b4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9663fbc291074a76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69b2f66084984372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84d81bf16d3247b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Europe 600 UCITS ETF 2C - EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1772333404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>