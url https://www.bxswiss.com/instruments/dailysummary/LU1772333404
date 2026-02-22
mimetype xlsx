--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b7c10df7e9463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7b773c890a49f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84d81bf16d3247b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50b17c86c32e4a62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69b2f66084984372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84d81bf16d3247b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf49ac194f0af40ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50b17c86c32e4a62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Europe 600 UCITS ETF 2C - EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1772333404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>138,310</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>