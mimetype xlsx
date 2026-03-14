--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7b773c890a49f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4abf917bd34440b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50b17c86c32e4a62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8647d009fa04dcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf49ac194f0af40ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50b17c86c32e4a62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd306f45fd02744e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8647d009fa04dcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Europe 600 UCITS ETF 2C - EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1772333404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>138,682</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,046</x:t>
-[...237 lines deleted...]
-          <x:t>136,822</x:t>
+          <x:t>138,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,898</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>140,032</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>