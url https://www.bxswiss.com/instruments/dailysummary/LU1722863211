--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9655527a040496e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e37bbc4f6dc455d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9a88d0e4cc6480e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc24b858736d4070"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52731f2c11664064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9a88d0e4cc6480e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92aabed912ea41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc24b858736d4070" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Technology EUR I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1722863211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>39,880</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>40,240</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,210</x:t>
-[...11 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,725</x:t>
-[...43 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>40,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,735</x:t>
-[...144 lines deleted...]
-          <x:t>40,430</x:t>
+          <x:t>41,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>