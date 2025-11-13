--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e37bbc4f6dc455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec9b7ea2adc457d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc24b858736d4070"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6259247981164e35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92aabed912ea41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc24b858736d4070" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R835bb73aa40e40a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6259247981164e35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Technology EUR I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1722863211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>42,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>41,520</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...140 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,910</x:t>
-        </x:is>
-[...67 lines deleted...]
-          <x:t>41,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>