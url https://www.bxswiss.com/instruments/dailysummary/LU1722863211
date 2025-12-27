--- v2 (2025-11-13)
+++ v3 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec9b7ea2adc457d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re207542e9ab648ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6259247981164e35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0732a2e9a4c940ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R835bb73aa40e40a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6259247981164e35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f1dc5a039114695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0732a2e9a4c940ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Technology EUR I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1722863211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,780</x:t>
-[...16 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>41,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,600</x:t>
-[...549 lines deleted...]
-          <x:t>41,910</x:t>
+          <x:t>40,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>