--- v3 (2025-12-27)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re207542e9ab648ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f2b868976347ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0732a2e9a4c940ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8340984e6aca4bbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f1dc5a039114695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0732a2e9a4c940ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8f8159128d14e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8340984e6aca4bbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Technology EUR I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1722863211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>39,940</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,265</x:t>
-[...16 lines deleted...]
-          <x:t>39,970</x:t>
+          <x:t>39,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,920</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>40,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>40,120</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>