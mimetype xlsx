--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f2b868976347ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra371c7aa191e43d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8340984e6aca4bbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7278e2489a3f4260"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8f8159128d14e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8340984e6aca4bbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13017be3cb594876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7278e2489a3f4260" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Technology EUR I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1722863211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,045</x:t>
-[...112 lines deleted...]
-          <x:t>40,210</x:t>
+          <x:t>40,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>39,675</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,240</x:t>
-[...247 lines deleted...]
-          <x:t>40,410</x:t>
+          <x:t>39,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>