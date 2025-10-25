--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d1059b5b1da44cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf7682004cf4d33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0be212f16c5b4587"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re33addfe2b814045"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f39d5c97bc94158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0be212f16c5b4587" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd49b1ddfa0b340ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re33addfe2b814045" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Global Gender Equality UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1691909508</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,778</x:t>
-[...576 lines deleted...]
-          <x:t>14,934</x:t>
+          <x:t>14,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>