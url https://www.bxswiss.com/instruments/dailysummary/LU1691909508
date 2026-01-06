--- v1 (2025-10-25)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf7682004cf4d33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raba2902a366f416e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re33addfe2b814045"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b21bc8d01a46b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd49b1ddfa0b340ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re33addfe2b814045" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R285b1149cf584a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b21bc8d01a46b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Global Gender Equality UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1691909508</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>15,019</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,971</x:t>
-[...31 lines deleted...]
-          <x:t>15,058</x:t>
+          <x:t>15,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>