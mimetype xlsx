--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raba2902a366f416e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd8dd38ab2c4e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b21bc8d01a46b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcda8feec4ea14562"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R285b1149cf584a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b21bc8d01a46b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93e6ab10092542cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcda8feec4ea14562" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Global Gender Equality UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1691909508</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>15,244</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,205</x:t>
-[...26 lines deleted...]
-          <x:t>15,153</x:t>
+          <x:t>15,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,218</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>15,623</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>