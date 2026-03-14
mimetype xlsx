--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd8dd38ab2c4e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27595f0a567747b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcda8feec4ea14562"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b680dd8dcf24ae7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93e6ab10092542cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcda8feec4ea14562" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R218b89325d0d4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b680dd8dcf24ae7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Global Gender Equality UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1691909508</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,619</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>15,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,592</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,638</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>