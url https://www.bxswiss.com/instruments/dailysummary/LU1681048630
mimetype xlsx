--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7268222b987c4ceb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07653b6644cb4155" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfcd73fc08844c94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fd1f3a7c6cc4f2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07f2db81c4d94919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfcd73fc08844c94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdac50b3ee1094faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fd1f3a7c6cc4f2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P Global Luxury UCITS ETF - EUR © Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681048630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>195,804</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>194,702</x:t>
-[...227 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>199,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,070</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>197,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,943</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>