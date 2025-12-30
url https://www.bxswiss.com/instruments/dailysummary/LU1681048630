--- v1 (2025-10-31)
+++ v2 (2025-12-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07653b6644cb4155" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78402c86595e4930" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fd1f3a7c6cc4f2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf34ae02ac97549d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdac50b3ee1094faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fd1f3a7c6cc4f2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5fda15b9774782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf34ae02ac97549d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P Global Luxury UCITS ETF - EUR © Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681048630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>199,544</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,394</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>196,733</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>