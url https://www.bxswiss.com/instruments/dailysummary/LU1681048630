--- v2 (2025-12-30)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78402c86595e4930" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b47cb9161f3458c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf34ae02ac97549d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1b4deb4290a42da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5fda15b9774782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf34ae02ac97549d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95b254ec5ba54f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1b4deb4290a42da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P Global Luxury UCITS ETF - EUR © Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681048630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>201,198</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>