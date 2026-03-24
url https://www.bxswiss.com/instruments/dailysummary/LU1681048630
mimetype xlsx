--- v3 (2026-02-12)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b47cb9161f3458c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8481014e75cd4ce3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1b4deb4290a42da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R798b5b2f32e64e49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95b254ec5ba54f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1b4deb4290a42da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82ee48bbf3d4467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R798b5b2f32e64e49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P Global Luxury UCITS ETF - EUR © Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681048630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>199,124</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>