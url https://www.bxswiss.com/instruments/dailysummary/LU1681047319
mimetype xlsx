--- v0 (2025-10-08)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5501fb07bb6a42a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1411f02ea3294aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3b82df2b92d47ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6efd12c6699a44ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbecb03f3105744a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3b82df2b92d47ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1320aba2c2c4ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6efd12c6699a44ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Stoxx 50 UCITS ETF DR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681047319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>85,170</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>