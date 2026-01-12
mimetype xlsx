--- v1 (2025-12-21)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1411f02ea3294aff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5115f41d47524207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6efd12c6699a44ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b27098c1d76430a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1320aba2c2c4ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6efd12c6699a44ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe42e0f1639f45dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b27098c1d76430a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Stoxx 50 UCITS ETF DR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681047319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>83,095</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,663</x:t>
-[...435 lines deleted...]
-        <x:is>
           <x:t>84,983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,529</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>