--- v2 (2026-01-12)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5115f41d47524207" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb483772f2724404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b27098c1d76430a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1b92b04fd7b4cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe42e0f1639f45dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b27098c1d76430a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542bb8e084d4408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1b92b04fd7b4cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Stoxx 50 UCITS ETF DR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681047319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>