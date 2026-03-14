--- v3 (2026-02-01)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb483772f2724404c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a52921270984d8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1b92b04fd7b4cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f0ffaea24594e67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542bb8e084d4408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1b92b04fd7b4cf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d79f802aaa14f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f0ffaea24594e67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Stoxx 50 UCITS ETF DR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681047319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>87,529</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,279</x:t>
-[...166 lines deleted...]
-          <x:t>86,127</x:t>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>