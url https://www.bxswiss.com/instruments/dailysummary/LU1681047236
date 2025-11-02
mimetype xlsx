--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ea4183db8847f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2db89c5c475475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b984f1a58d84dbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53518915a2b7418a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66f55246c13e4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b984f1a58d84dbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R861ce81ba4be496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53518915a2b7418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681047236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>