--- v1 (2025-11-02)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2db89c5c475475b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d1851d3a2264660" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53518915a2b7418a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f17977035d44939"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R861ce81ba4be496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53518915a2b7418a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b8ca3829a3144ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f17977035d44939" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681047236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>137,506</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>