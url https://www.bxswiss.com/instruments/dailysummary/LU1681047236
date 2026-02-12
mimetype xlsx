--- v2 (2026-01-02)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d1851d3a2264660" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ebcafbfd1543f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f17977035d44939"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c97d0857b034d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b8ca3829a3144ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f17977035d44939" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32470e609da64b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c97d0857b034d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681047236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...490 lines deleted...]
-          <x:t>140,168</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,144</x:t>
-[...4 lines deleted...]
-          <x:t>141,524</x:t>
+          <x:t>141,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>