--- v3 (2026-02-12)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ebcafbfd1543f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28ba388d3889429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c97d0857b034d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb08a88f88f654352"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32470e609da64b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c97d0857b034d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16b130af25e241ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb08a88f88f654352" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681047236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>145,416</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>