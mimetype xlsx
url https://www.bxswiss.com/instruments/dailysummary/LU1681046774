--- v0 (2025-10-07)
+++ v1 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c5cb9d4ebe14515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ac62fdebea54063" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7c66ad750e04eb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd98cf8e1d9f546ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40878a4888ab4eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7c66ad750e04eb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1d44ce2759b49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd98cf8e1d9f546ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Government Bond Lowest Rated Euro Investment Grade UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681046774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>215,777</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>