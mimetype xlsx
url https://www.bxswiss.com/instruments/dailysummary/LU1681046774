--- v1 (2026-01-14)
+++ v2 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ac62fdebea54063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R203ee825518149a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd98cf8e1d9f546ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ebe0849c53048b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1d44ce2759b49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd98cf8e1d9f546ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba993918511948b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ebe0849c53048b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Government Bond Lowest Rated Euro Investment Grade UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681046774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>216,696</x:t>
-[...306 lines deleted...]
-          <x:t>217,822</x:t>
+          <x:t>216,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>