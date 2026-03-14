--- v2 (2026-02-18)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R203ee825518149a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71fb481d13b243d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ebe0849c53048b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5095e25c73784e4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba993918511948b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ebe0849c53048b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra30ebb8519014142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5095e25c73784e4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Government Bond Lowest Rated Euro Investment Grade UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681046774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>214,775</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>214,539</x:t>
-[...301 lines deleted...]
-          <x:t>215,545</x:t>
+          <x:t>215,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>