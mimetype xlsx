--- v0 (2025-10-01)
+++ v1 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67f9b52f77964612" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c88bb22225646bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R323aafeb55da4200"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e81299c44904092"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac4d0e8b69942b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R323aafeb55da4200" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2f9ca8792904558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e81299c44904092" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Tilted Green Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681046261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>205,425</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>205,398</x:t>
-[...453 lines deleted...]
-          <x:t>206,225</x:t>
+          <x:t>206,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,000</x:t>
-[...26 lines deleted...]
-          <x:t>206,009</x:t>
+          <x:t>205,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>