--- v1 (2025-12-24)
+++ v2 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c88bb22225646bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R304626363b5147e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e81299c44904092"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb568332b51534a08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2f9ca8792904558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e81299c44904092" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f95c3c49750421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb568332b51534a08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Tilted Green Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681046261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>206,937</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,461</x:t>
-[...296 lines deleted...]
-          <x:t>204,908</x:t>
+          <x:t>205,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>