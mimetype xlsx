--- v2 (2026-01-13)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R304626363b5147e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e37739cb7b4aab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb568332b51534a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a8f541cbe094afd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f95c3c49750421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb568332b51534a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8560f57ee94f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a8f541cbe094afd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Tilted Green Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681046261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>204,531</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,908</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>206,119</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>