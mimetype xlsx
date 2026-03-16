--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e37739cb7b4aab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R840b0f0bf2bf4f9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a8f541cbe094afd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9d9c2005ea84695"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8560f57ee94f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a8f541cbe094afd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf168d7bcb24ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9d9c2005ea84695" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Tilted Green Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681046261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,473 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>202,896</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,564</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...155 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,726</x:t>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>