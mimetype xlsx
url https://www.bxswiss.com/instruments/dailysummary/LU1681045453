--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd541fb96ae1b4f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f8c620d61d401a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc4e423764e64f00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb35b2d08accf41e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f4015e46c0c4c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc4e423764e64f00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1114e2a9b1154d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb35b2d08accf41e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets UCITS ETF USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681045453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>5,433</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,421</x:t>
-[...16 lines deleted...]
-          <x:t>5,435</x:t>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,462</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>5,440</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,487</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>5,468</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>5,590</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,581</x:t>
-[...85 lines deleted...]
-          <x:t>5,637</x:t>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>