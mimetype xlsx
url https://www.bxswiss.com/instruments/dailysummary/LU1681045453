--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f8c620d61d401a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc222599ee944d11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb35b2d08accf41e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b8d34227254f1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1114e2a9b1154d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb35b2d08accf41e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra49a8ccd95524a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b8d34227254f1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets UCITS ETF USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681045453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>5,472</x:t>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,487</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>5,468</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>5,590</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,581</x:t>
-[...296 lines deleted...]
-          <x:t>5,594</x:t>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,644</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>22.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,631</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>23.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,644</x:t>
-        </x:is>
-[...94 lines deleted...]
-          <x:t>5,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>