--- v2 (2025-11-18)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc222599ee944d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0240800aff4db9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b8d34227254f1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5271f78082a447d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra49a8ccd95524a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b8d34227254f1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf30d81d9e3fe49c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5271f78082a447d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets UCITS ETF USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681045453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>5,449</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,544</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>5,594</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,644</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>24.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,704</x:t>
-        </x:is>
-[...440 lines deleted...]
-          <x:t>5,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>