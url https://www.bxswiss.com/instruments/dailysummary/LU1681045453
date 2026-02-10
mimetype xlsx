--- v3 (2025-12-31)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0240800aff4db9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994c06d96ba54f6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5271f78082a447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ec9d1578945433b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf30d81d9e3fe49c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5271f78082a447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1c4ed3bb4e04c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ec9d1578945433b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets UCITS ETF USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681045453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>5,704</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>