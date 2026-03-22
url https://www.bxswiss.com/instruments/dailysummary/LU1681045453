--- v4 (2026-02-10)
+++ v5 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994c06d96ba54f6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa830d9bc43c43ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ec9d1578945433b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R658f414496694166"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1c4ed3bb4e04c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ec9d1578945433b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8fbda299ec246af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R658f414496694166" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets UCITS ETF USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681045453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,082</x:t>
-[...134 lines deleted...]
-          <x:t>6,028</x:t>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,948</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>6,121</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>