--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22c2a36a9c4949f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d28dc330ee44265" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd28ffdedd4184d45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb19e149e6d404325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54714869b37c4156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd28ffdedd4184d45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9d2d85fcefd4390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb19e149e6d404325" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Index MSCI Europe ESG Broad CTB UCITS ETF DR EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681042609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>354,647</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>