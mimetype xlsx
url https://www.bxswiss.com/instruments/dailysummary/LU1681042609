--- v1 (2026-01-08)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d28dc330ee44265" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d6f997528874f96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb19e149e6d404325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65124a11026643ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9d2d85fcefd4390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb19e149e6d404325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d277840d8a41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65124a11026643ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Index MSCI Europe ESG Broad CTB UCITS ETF DR EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681042609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +548,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>