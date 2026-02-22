--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d6f997528874f96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65134aad6484578" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65124a11026643ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5992521469844ee3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d277840d8a41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65124a11026643ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72c8582f01fb4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5992521469844ee3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Index MSCI Europe ESG Broad CTB UCITS ETF DR EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681042609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>381,112</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>