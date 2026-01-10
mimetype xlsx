--- v0 (2025-10-15)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0aec2284f1f4410" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4229a57258d34614" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac97da5731b34649"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41f9f4216674f40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93017149fe914509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac97da5731b34649" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5851cd3d0ff467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41f9f4216674f40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 ESG UCITS ETF DR EUR (C)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681040223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>131,760</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>