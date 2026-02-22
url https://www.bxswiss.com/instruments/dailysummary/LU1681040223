--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4229a57258d34614" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R317a4066c67f4752" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41f9f4216674f40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f73221f18d046d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5851cd3d0ff467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41f9f4216674f40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R936e33ead7874695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f73221f18d046d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 ESG UCITS ETF DR EUR (C)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681040223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>141,760</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>