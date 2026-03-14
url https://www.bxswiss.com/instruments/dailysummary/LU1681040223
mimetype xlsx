--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R317a4066c67f4752" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd281362ff9fe4d66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f73221f18d046d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf8cd2dd2bfa4c2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R936e33ead7874695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f73221f18d046d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R504ae3fe8c244aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf8cd2dd2bfa4c2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 ESG UCITS ETF DR EUR (C)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681040223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>