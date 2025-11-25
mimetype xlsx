--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cd802c3b21c4f4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8582d5dbb574996" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43c57f9397044f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae12cf60a92c4772"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38d9bea1c1c74895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43c57f9397044f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2a2a3fbfc7244b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae12cf60a92c4772" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core FTSE 100 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650492173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,162</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>18,282</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>18,204</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>17,972</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>