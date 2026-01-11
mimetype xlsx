--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8582d5dbb574996" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e05d5a28694568" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae12cf60a92c4772"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99df2362143f469f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2a2a3fbfc7244b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae12cf60a92c4772" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3a6540af155492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99df2362143f469f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core FTSE 100 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650492173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>18,120</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>