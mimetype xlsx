--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e05d5a28694568" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5dae976ff7540eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99df2362143f469f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311d1b88e7e3465c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3a6540af155492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99df2362143f469f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re269e8eb2c94469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311d1b88e7e3465c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core FTSE 100 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650492173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>19,531</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>