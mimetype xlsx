--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5dae976ff7540eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10d205c7107d48d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311d1b88e7e3465c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d0cff483491488f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re269e8eb2c94469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311d1b88e7e3465c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf4fede1634a4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d0cff483491488f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core FTSE 100 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650492173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>19,412</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,462</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>19,446</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,463</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>20,109</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>