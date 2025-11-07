--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13f504dee2b24c27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf726f780ce5a44ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7503629bc1ea4e91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7840952ea3477d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd74d7dc79d364a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7503629bc1ea4e91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058c0c5e64ce419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7840952ea3477d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Inflation-Linked Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650491282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>