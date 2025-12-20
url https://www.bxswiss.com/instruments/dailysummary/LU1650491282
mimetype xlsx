--- v1 (2025-11-07)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf726f780ce5a44ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcb5c363bb3d4e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7840952ea3477d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ee4d975665446b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058c0c5e64ce419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7840952ea3477d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31be583e3f641a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ee4d975665446b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Inflation-Linked Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650491282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>167,071</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,634</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>167,881</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>