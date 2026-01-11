--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcb5c363bb3d4e8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3706ae2550b9438c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ee4d975665446b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b82e488ff314ae3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31be583e3f641a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ee4d975665446b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e2a0318e3864966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b82e488ff314ae3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Inflation-Linked Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650491282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,596</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>