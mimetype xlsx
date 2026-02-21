--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3706ae2550b9438c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f04d51cfd634a3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b82e488ff314ae3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7593ef1ca3314052"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e2a0318e3864966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b82e488ff314ae3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcadb221b56d24266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7593ef1ca3314052" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Inflation-Linked Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650491282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>167,335</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>