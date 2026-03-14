--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f04d51cfd634a3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96352563a5344b84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7593ef1ca3314052"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f1db09182144753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcadb221b56d24266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7593ef1ca3314052" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b099370fbdc4d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f1db09182144753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Inflation-Linked Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650491282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,997</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>