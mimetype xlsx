--- v0 (2025-10-05)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed72132d2ea42c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40569a41c47545c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c64f452356b4b92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3be75684077544d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac07dd79fe0341fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c64f452356b4b92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9fa76a73a6e4a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3be75684077544d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 10-15Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650489385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>200,071</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>