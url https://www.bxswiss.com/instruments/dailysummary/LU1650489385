--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40569a41c47545c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fcbf960f2c74772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3be75684077544d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R399f4455f5664028"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9fa76a73a6e4a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3be75684077544d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9778cf8b6732443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R399f4455f5664028" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 10-15Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650489385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>201,355</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,558</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>205,177</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>