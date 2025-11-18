--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e029ec305a4754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Race0682d7c274a57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59deadd87a44a03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7800a0a00be4dfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ae8495dd9d34e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59deadd87a44a03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9237c3a06ccf4f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7800a0a00be4dfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 3-5Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650488494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>152,182</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>