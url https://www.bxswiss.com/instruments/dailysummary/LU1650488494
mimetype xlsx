--- v1 (2025-11-18)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Race0682d7c274a57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4754cb85274f8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7800a0a00be4dfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb859b1d44c64a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9237c3a06ccf4f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7800a0a00be4dfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9cf3db4b054a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb859b1d44c64a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 3-5Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650488494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>152,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>152,622</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>152,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,512</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>152,453</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>