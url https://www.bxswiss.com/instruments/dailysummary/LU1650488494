--- v2 (2025-12-20)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4754cb85274f8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8797834ba3f486a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb859b1d44c64a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f1306bec4524375"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9cf3db4b054a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb859b1d44c64a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd660c05ca8f6455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f1306bec4524375" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 3-5Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650488494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>152,706</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,832</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>152,664</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,756</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>152,085</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>