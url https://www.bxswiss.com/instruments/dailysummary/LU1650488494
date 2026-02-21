--- v3 (2026-01-16)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8797834ba3f486a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb486d85fea664531" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f1306bec4524375"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf416cb58844b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd660c05ca8f6455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f1306bec4524375" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5007cce48d6f4687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf416cb58844b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 3-5Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650488494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,791</x:t>
-[...144 lines deleted...]
-          <x:t>152,917</x:t>
+          <x:t>152,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>