--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb486d85fea664531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc503c74c6082453c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf416cb58844b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6378c8c493a4476"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5007cce48d6f4687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf416cb58844b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd31abdcbbf604b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6378c8c493a4476" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 3-5Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650488494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>152,992</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,910</x:t>
-[...490 lines deleted...]
-          <x:t>153,822</x:t>
+          <x:t>152,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>