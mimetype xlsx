--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9ae97e100a84bbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6644a651ba1f48a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R972758f1a5664afe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24744a58f05940d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcf15a2610cf49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R972758f1a5664afe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R472a96d642404537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24744a58f05940d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 1-3Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650487413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,517</x:t>
+          <x:t>127,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,514</x:t>
+          <x:t>127,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>