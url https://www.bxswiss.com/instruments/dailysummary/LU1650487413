--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6644a651ba1f48a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re055108638454fa4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24744a58f05940d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb91e573fb7e48bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R472a96d642404537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24744a58f05940d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72a35117745745b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb91e573fb7e48bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 1-3Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650487413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,895</x:t>
+          <x:t>127,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>127,498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>127,540</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,516</x:t>
-[...237 lines deleted...]
-          <x:t>127,526</x:t>
+          <x:t>127,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,566</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>127,604</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>