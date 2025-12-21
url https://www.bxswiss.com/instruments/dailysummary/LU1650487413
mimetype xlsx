--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re055108638454fa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac8fd4427714fa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb91e573fb7e48bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b88e5fdb35e45f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72a35117745745b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb91e573fb7e48bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8c957684eb242ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b88e5fdb35e45f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 1-3Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650487413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>