--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac8fd4427714fa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e02b5bcf97544a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b88e5fdb35e45f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6190a4c06e44a21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8c957684eb242ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b88e5fdb35e45f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6179d0e2e7f34a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6190a4c06e44a21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 1-3Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650487413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>127,590</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,590</x:t>
-[...463 lines deleted...]
-          <x:t>127,532</x:t>
+          <x:t>127,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>