--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e02b5bcf97544a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf5851cee604dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6190a4c06e44a21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R561dab53f649420a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6179d0e2e7f34a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6190a4c06e44a21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc31718b25a9748d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R561dab53f649420a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 1-3Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650487413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>127,824</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>