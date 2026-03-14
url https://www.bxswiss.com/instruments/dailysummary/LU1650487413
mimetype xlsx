--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf5851cee604dc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65aed85503994386" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R561dab53f649420a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4956e996e8c94a55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc31718b25a9748d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R561dab53f649420a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74c3e51a1a86411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4956e996e8c94a55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 1-3Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650487413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,054</x:t>
-[...468 lines deleted...]
-          <x:t>128,313</x:t>
+          <x:t>127,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>