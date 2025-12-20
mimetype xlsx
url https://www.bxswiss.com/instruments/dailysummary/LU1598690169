--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc12a51926b64070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6ce286533a40af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb2fcb2a4a4d4240"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a2764cfb6a048eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8331e317ea24468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb2fcb2a4a4d4240" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89836f78027c48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a2764cfb6a048eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI EMU Value Factor UCITS ETF - Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1598690169</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>163,721</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>