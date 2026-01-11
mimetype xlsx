--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6ce286533a40af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10c6630c6f84867" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a2764cfb6a048eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c932151eb2c4150"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89836f78027c48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a2764cfb6a048eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7becf90ba9c4f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c932151eb2c4150" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI EMU Value Factor UCITS ETF - Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1598690169</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>167,983</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,320</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>168,565</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,136</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>168,016</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>