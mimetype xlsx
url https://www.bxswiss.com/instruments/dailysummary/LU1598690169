--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10c6630c6f84867" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5776c36f951a4d8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c932151eb2c4150"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21e95a61b2e4d0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7becf90ba9c4f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c932151eb2c4150" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R566e99ab7480407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21e95a61b2e4d0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI EMU Value Factor UCITS ETF - Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1598690169</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>171,044</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>