--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2b941d0bf1f4b9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05834f0f424643af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8de00fda14b14d64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42719fb65da04fe6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5ae2bcfda8f42f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8de00fda14b14d64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb239d4cfbac34405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42719fb65da04fe6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe Growth UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1598688189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>192,600</x:t>
-[...386 lines deleted...]
-        <x:is>
           <x:t>192,369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,450</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>