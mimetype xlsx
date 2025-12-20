--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05834f0f424643af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0278866935b44c29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42719fb65da04fe6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R750ad5b9d1784f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb239d4cfbac34405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42719fb65da04fe6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6316bd4ffd8d4be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R750ad5b9d1784f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe Growth UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1598688189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>203,159</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>