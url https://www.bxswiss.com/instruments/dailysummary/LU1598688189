--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0278866935b44c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a135de916064925" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R750ad5b9d1784f22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2465397eb18c425b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6316bd4ffd8d4be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R750ad5b9d1784f22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d9a3ffde1a646a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2465397eb18c425b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe Growth UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1598688189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>