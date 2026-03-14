--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a135de916064925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb27429df29bb4011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2465397eb18c425b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4b7e9279ccc477a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d9a3ffde1a646a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2465397eb18c425b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65606c9b07f5480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4b7e9279ccc477a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe Growth UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1598688189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>209,105</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>