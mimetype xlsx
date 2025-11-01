--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619ebb79350247d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racebf5c4929144eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2638e011a93141b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad9021e526943d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red04d7f34cc54662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2638e011a93141b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9c538ac50d84f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad9021e526943d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg MSCI Euro Area Liquid Corporates Sustainable UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1484800955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,351</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,461</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,313</x:t>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,353</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>13,348</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,314</x:t>
-[...156 lines deleted...]
-          <x:t>13,366</x:t>
+          <x:t>13,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,333</x:t>
-[...65 lines deleted...]
-          <x:t>13,325</x:t>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,300</x:t>
-[...247 lines deleted...]
-          <x:t>13,361</x:t>
+          <x:t>13,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>