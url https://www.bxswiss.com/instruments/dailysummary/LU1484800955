--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racebf5c4929144eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re52d8c00d964400d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad9021e526943d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70f740f605f94d32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9c538ac50d84f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad9021e526943d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbedbf45921d944e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70f740f605f94d32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg MSCI Euro Area Liquid Corporates Sustainable UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1484800955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,365</x:t>
-[...16 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,327</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>13,402</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>