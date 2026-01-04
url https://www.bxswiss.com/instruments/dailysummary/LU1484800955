--- v2 (2025-11-21)
+++ v3 (2026-01-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re52d8c00d964400d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b3ee930c9b43bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70f740f605f94d32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca83c33524c441c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbedbf45921d944e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70f740f605f94d32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf4ca9fd6224ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca83c33524c441c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg MSCI Euro Area Liquid Corporates Sustainable UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1484800955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>13,436</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,418</x:t>
-[...124 lines deleted...]
-          <x:t>13,427</x:t>
+          <x:t>13,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,372</x:t>
-[...350 lines deleted...]
-          <x:t>13,335</x:t>
+          <x:t>13,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>