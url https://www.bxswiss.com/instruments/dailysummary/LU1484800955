--- v3 (2026-01-04)
+++ v4 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b3ee930c9b43bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd5daa444dd4440" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca83c33524c441c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b4fc5ff9504731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf4ca9fd6224ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca83c33524c441c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0f66fde43e74bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b4fc5ff9504731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg MSCI Euro Area Liquid Corporates Sustainable UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1484800955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>13,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,343</x:t>
-[...6 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,364</x:t>
-[...102 lines deleted...]
-          <x:t>13,252</x:t>
+          <x:t>13,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,137</x:t>
-[...301 lines deleted...]
-          <x:t>13,291</x:t>
+          <x:t>13,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>