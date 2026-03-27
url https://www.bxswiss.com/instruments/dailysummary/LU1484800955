--- v4 (2026-02-13)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd5daa444dd4440" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc643a18ce6dd4d98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b4fc5ff9504731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dd975d2bd624e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0f66fde43e74bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b4fc5ff9504731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5b024d372e42cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dd975d2bd624e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg MSCI Euro Area Liquid Corporates Sustainable UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1484800955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,369</x:t>
-[...134 lines deleted...]
-          <x:t>13,352</x:t>
+          <x:t>13,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,293</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>13,306</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,336</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>13,294</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>13,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>