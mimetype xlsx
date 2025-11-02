--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddbac3dc26224d70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1acb30ec0c8c40a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8d109419598495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4031927d008a4f45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1299363879564a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8d109419598495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R212d376db3434d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4031927d008a4f45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg TIPS 1-10 UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1459801780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>11,266</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,184</x:t>
-[...129 lines deleted...]
-          <x:t>11,262</x:t>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,214</x:t>
-[...237 lines deleted...]
-          <x:t>11,147</x:t>
+          <x:t>11,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,154</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...100 lines deleted...]
-          <x:t>11,179</x:t>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>