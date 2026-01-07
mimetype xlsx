--- v1 (2025-11-02)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1acb30ec0c8c40a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e7db3c33964891" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4031927d008a4f45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re36fe9ad4d304bd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R212d376db3434d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4031927d008a4f45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9413138a52d34ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re36fe9ad4d304bd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg TIPS 1-10 UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1459801780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,193</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>11,147</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,154</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>11,134</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>11,143</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,172</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,179</x:t>
-[...129 lines deleted...]
-          <x:t>11,103</x:t>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,117</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>11,129</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>11,121</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,126</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>24.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,192</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>11,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,135</x:t>
-[...134 lines deleted...]
-          <x:t>11,089</x:t>
+          <x:t>11,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>