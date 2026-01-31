--- v2 (2026-01-07)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e7db3c33964891" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232a59388a184c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re36fe9ad4d304bd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R953159a1613d42ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9413138a52d34ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re36fe9ad4d304bd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b92ce198809422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R953159a1613d42ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg TIPS 1-10 UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1459801780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>11,115</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,148</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>11,196</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,178</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>11,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,207</x:t>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,157</x:t>
-[...75 lines deleted...]
-          <x:t>11,117</x:t>
+          <x:t>11,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,139</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>11,108</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>