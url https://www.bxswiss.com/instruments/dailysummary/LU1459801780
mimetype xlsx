--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232a59388a184c60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93cb61412a534e90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R953159a1613d42ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28af8266ff8c466f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b92ce198809422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R953159a1613d42ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b8271c6dbe14de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28af8266ff8c466f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg TIPS 1-10 UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1459801780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>11,113</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,097</x:t>
-[...178 lines deleted...]
-          <x:t>11,161</x:t>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,150</x:t>
-[...124 lines deleted...]
-          <x:t>11,086</x:t>
+          <x:t>11,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,031</x:t>
-[...215 lines deleted...]
-          <x:t>10,971</x:t>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>