--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93cb61412a534e90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b070e2bf7942ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28af8266ff8c466f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6321c3823df94da9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b8271c6dbe14de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28af8266ff8c466f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d5ce9fda3f341d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6321c3823df94da9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg TIPS 1-10 UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1459801780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>11,086</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>11,031</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,139</x:t>
-[...549 lines deleted...]
-          <x:t>10,972</x:t>
+          <x:t>10,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>