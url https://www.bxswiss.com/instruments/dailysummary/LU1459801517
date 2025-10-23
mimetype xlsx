--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f9e9a1b3714fb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d274434fc248f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racbab52ed1f44697"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcae577ffd3e34450"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb56e290662524046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racbab52ed1f44697" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R110559cac41645f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcae577ffd3e34450" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg TIPS 1-10 UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1459801517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>12,816</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,802</x:t>
-[...210 lines deleted...]
-          <x:t>12,887</x:t>
+          <x:t>12,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,809</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,854</x:t>
-[...360 lines deleted...]
-          <x:t>12,824</x:t>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>