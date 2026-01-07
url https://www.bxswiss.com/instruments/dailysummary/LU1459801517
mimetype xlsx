--- v1 (2025-10-23)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d274434fc248f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1be67079c17438a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcae577ffd3e34450"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc15e958d83fe4d72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R110559cac41645f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcae577ffd3e34450" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc283da6b77e4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc15e958d83fe4d72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg TIPS 1-10 UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1459801517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>12,732</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,739</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>12,751</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,793</x:t>
-        </x:is>
-[...430 lines deleted...]
-          <x:t>12,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>