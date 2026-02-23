--- v2 (2026-01-07)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1be67079c17438a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b03d1b7d6014480" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc15e958d83fe4d72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26fb9d2dc87b43dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc283da6b77e4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc15e958d83fe4d72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55533930d579445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26fb9d2dc87b43dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg TIPS 1-10 UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1459801517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>12,793</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>