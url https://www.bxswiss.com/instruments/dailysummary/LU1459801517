--- v3 (2026-02-23)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b03d1b7d6014480" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1521e540d6bf4dff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26fb9d2dc87b43dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d02107623540ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55533930d579445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26fb9d2dc87b43dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1555301a09e4c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d02107623540ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg TIPS 1-10 UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1459801517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>12,731</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,675</x:t>
-[...141 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>12,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,602</x:t>
-[...372 lines deleted...]
-          <x:t>12,571</x:t>
+          <x:t>12,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,517</x:t>
-[...4 lines deleted...]
-          <x:t>12,561</x:t>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>